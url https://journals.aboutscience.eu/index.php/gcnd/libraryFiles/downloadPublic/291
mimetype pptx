--- v0 (2026-02-24)
+++ v1 (2026-03-18)
@@ -1,103 +1,104 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideshow.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
+  <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483648" r:id="rId1"/>
+    <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId11"/>
+    <p:notesMasterId r:id="rId14"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId12"/>
+    <p:handoutMasterId r:id="rId15"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="262" r:id="rId2"/>
-[...7 lines deleted...]
-    <p:sldId id="268" r:id="rId10"/>
+    <p:sldId id="262" r:id="rId5"/>
+    <p:sldId id="260" r:id="rId6"/>
+    <p:sldId id="258" r:id="rId7"/>
+    <p:sldId id="259" r:id="rId8"/>
+    <p:sldId id="264" r:id="rId9"/>
+    <p:sldId id="265" r:id="rId10"/>
+    <p:sldId id="266" r:id="rId11"/>
+    <p:sldId id="267" r:id="rId12"/>
+    <p:sldId id="268" r:id="rId13"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="it-IT"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -212,50 +213,58 @@
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="50768B"/>
     <a:srgbClr val="48566B"/>
     <a:srgbClr val="1A1A1A"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
+<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
+  <p1510:revLst>
+    <p1510:client id="{15C7FACB-9CA8-5153-A190-0030915D4B21}" v="4" dt="2026-03-02T14:07:12.185"/>
+  </p1510:revLst>
+</p1510:revInfo>
+</file>
+
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15592" autoAdjust="0"/>
     <p:restoredTop sz="94682" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="78" d="100"/>
           <a:sy n="78" d="100"/>
         </p:scale>
         <p:origin x="762" y="294"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
@@ -281,51 +290,51 @@
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:notesViewPr>
     <p:cSldViewPr showGuides="1">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="85" d="100"/>
           <a:sy n="85" d="100"/>
         </p:scale>
         <p:origin x="3804" y="102"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -382,51 +391,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{19D62BCD-9A42-4734-8B77-77A71F19A69A}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>04/02/2026</a:t>
+              <a:t>02/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Segnaposto piè di pagina 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53592880-6FF8-4AA4-B048-1B94613E55E2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -563,51 +572,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1CDF1BDF-8067-4D53-9A36-249EC96E8E79}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>04/02/2026</a:t>
+              <a:t>02/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Segnaposto immagine diapositiva 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -3497,51 +3506,51 @@
             <a:r>
               <a:rPr lang="it-IT"/>
               <a:t>Quinto livello</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Segnaposto data 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F64A8E5F-40E5-4553-9F3C-699F1A5B8145}" type="datetimeFigureOut">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>04.02.2026</a:t>
+              <a:t>02.03.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Segnaposto piè di pagina 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3615,51 +3624,51 @@
             <a:r>
               <a:rPr lang="it-IT"/>
               <a:t>Fare clic per modificare lo stile del titolo</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Segnaposto data 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F64A8E5F-40E5-4553-9F3C-699F1A5B8145}" type="datetimeFigureOut">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>04.02.2026</a:t>
+              <a:t>02.03.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Segnaposto piè di pagina 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3710,51 +3719,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Segnaposto data 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F64A8E5F-40E5-4553-9F3C-699F1A5B8145}" type="datetimeFigureOut">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>04.02.2026</a:t>
+              <a:t>02.03.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Segnaposto piè di pagina 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -23955,51 +23964,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="CasellaDiTesto 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{69BE1B0C-7474-41E0-3930-8974426F2134}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10742212" y="5127518"/>
             <a:ext cx="1027152" cy="892552"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="it-IT"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
@@ -24119,68 +24128,68 @@
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>decision</a:t>
             </a:r>
             <a:endParaRPr lang="it-IT" sz="1000" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="it-IT" sz="1000" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="it-IT" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="50768B"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>4-6 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="it-IT" sz="1200" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="50768B"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-[...5 lines deleted...]
-            <a:endParaRPr lang="it-IT" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>wks</a:t>
+            </a:r>
+            <a:endParaRPr lang="it-IT" sz="1200" b="1" dirty="0" err="1">
               <a:solidFill>
                 <a:srgbClr val="50768B"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="25" name="Chevron 28">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC207032-BD31-5185-F62D-C49F60A15E3F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="10800000">
             <a:off x="6724779" y="3984679"/>
@@ -35474,59 +35483,85 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ec4a2910-c2dc-438f-b58c-f181e8bee36a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="aa04236e-fcda-4da2-bda4-90fe7b87c823" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C71B053E-8AFD-4607-B450-56AABC8EFFF1}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{649976D4-E771-4F55-B87D-674EDD3236AB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="ec4a2910-c2dc-438f-b58c-f181e8bee36a"/>
+    <ds:schemaRef ds:uri="aa04236e-fcda-4da2-bda4-90fe7b87c823"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97775A84-2A24-4B90-AD26-1437C82C829B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{303EDB02-356A-4E25-93AD-0F2D5C50775D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69C16B11-4A03-41CF-A155-F0FF88C18549}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A06D9C94-760E-45E5-9E63-4F6351050853}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ec4a2910-c2dc-438f-b58c-f181e8bee36a"/>
+    <ds:schemaRef ds:uri="aa04236e-fcda-4da2-bda4-90fe7b87c823"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>_Template AboutScience 2024</Template>
   <TotalTime></TotalTime>
   <Words>947</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
   <Paragraphs>160</Paragraphs>
   <Slides>9</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
@@ -35561,27 +35596,30 @@
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Lucia Steele</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100391BEE88E8B99F479BEED4D556673D57</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>